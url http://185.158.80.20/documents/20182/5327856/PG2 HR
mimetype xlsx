--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PG2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="34">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>ISPLATE GOTOVOG NOVCA U REPUBLICI HRVATSKOJ U EURIMA PREMA OPISU NAČINA PLAĆANJA - 2025. godina
 </t>
   </si>
   <si>
     <t>OPIS NAČINA PLAĆANJA</t>
   </si>
   <si>
     <t>IZVOR/NAČIN ISPLATE</t>
   </si>
   <si>
     <t>SIJEČANJ</t>
@@ -93,60 +93,60 @@
   <si>
     <t>LISTOPAD</t>
   </si>
   <si>
     <t>STUDENI</t>
   </si>
   <si>
     <t>PROSINAC</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>UKUPNO - Broj transakcija</t>
   </si>
   <si>
     <t>UKUPNO - Vrijednost transakcija</t>
   </si>
   <si>
     <t> Šalter</t>
   </si>
   <si>
     <t> Gotov novac</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> </t>
   </si>
   <si>
     <t> Platna kartica</t>
   </si>
   <si>
     <t> Bankomat/bankarski kiosk</t>
-  </si>
-[...1 lines deleted...]
-    <t>*</t>
   </si>
   <si>
     <t> EFTPOS uređaj</t>
   </si>
   <si>
     <t> Uređaj za podizanje got.novca</t>
   </si>
   <si>
     <t> Ostalo</t>
   </si>
   <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
@@ -773,1352 +773,1352 @@
       </c>
       <c r="AS9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AU9" t="s" s="6">
         <v>21</v>
       </c>
       <c r="AW9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AY9" t="s" s="5">
         <v>21</v>
       </c>
       <c r="BA9" t="s" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C10" s="8">
-        <v>684488</v>
+        <v>683500</v>
       </c>
       <c r="D10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="E10" s="8">
-        <v>850965618</v>
+        <v>845433983</v>
       </c>
       <c r="F10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="G10" s="8">
-        <v>662873</v>
+        <v>661930</v>
       </c>
       <c r="H10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="I10" s="8">
-        <v>878504631</v>
+        <v>873612195</v>
       </c>
       <c r="J10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="K10" s="8">
-        <v>713356</v>
+        <v>712295</v>
       </c>
       <c r="L10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="M10" s="8">
-        <v>995034160</v>
+        <v>989513392</v>
       </c>
       <c r="N10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="O10" s="8">
-        <v>799400</v>
+        <v>798364</v>
       </c>
       <c r="P10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Q10" s="8">
-        <v>971974827</v>
+        <v>966391941</v>
       </c>
       <c r="R10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="S10" s="8">
-        <v>701286</v>
+        <v>700240</v>
       </c>
       <c r="T10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="U10" s="8">
-        <v>932441261</v>
+        <v>926827944</v>
       </c>
       <c r="V10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="W10" s="8">
-        <v>687940</v>
+        <v>686916</v>
       </c>
       <c r="X10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Y10" s="8">
-        <v>943501491</v>
+        <v>937530823</v>
       </c>
       <c r="Z10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="AA10" s="8">
-        <v/>
+        <v>688860</v>
       </c>
       <c r="AB10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC10" s="8">
-        <v/>
+        <v>1016105373</v>
       </c>
       <c r="AD10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE10" s="8">
-        <v/>
+        <v>619531</v>
       </c>
       <c r="AF10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG10" s="8">
-        <v/>
+        <v>777834864</v>
       </c>
       <c r="AH10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI10" s="8">
-        <v/>
+        <v>692861</v>
       </c>
       <c r="AJ10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK10" s="8">
-        <v/>
+        <v>993000800</v>
       </c>
       <c r="AL10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM10" s="8">
         <v/>
       </c>
       <c r="AN10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO10" s="8">
         <v/>
       </c>
       <c r="AP10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ10" s="8">
         <v/>
       </c>
       <c r="AR10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS10" s="8">
         <v/>
       </c>
       <c r="AT10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU10" s="8">
         <v/>
       </c>
       <c r="AV10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW10" s="8">
         <v/>
       </c>
       <c r="AX10" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY10" s="9">
-        <v>4249343</v>
+        <v>6244497</v>
       </c>
       <c r="AZ10" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA10" s="9">
-        <v>5572421988</v>
+        <v>8326251315</v>
       </c>
       <c r="BB10" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="8">
         <v/>
       </c>
       <c r="D11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E11" s="8">
         <v/>
       </c>
       <c r="F11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G11" s="8">
         <v/>
       </c>
       <c r="H11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I11" s="8">
         <v/>
       </c>
       <c r="J11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K11" s="8">
         <v/>
       </c>
       <c r="L11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M11" s="8">
         <v/>
       </c>
       <c r="N11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O11" s="8">
         <v/>
       </c>
       <c r="P11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q11" s="8">
         <v/>
       </c>
       <c r="R11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S11" s="8">
         <v/>
       </c>
       <c r="T11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U11" s="8">
         <v/>
       </c>
       <c r="V11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W11" s="8">
         <v/>
       </c>
       <c r="X11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y11" s="8">
         <v/>
       </c>
       <c r="Z11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA11" s="8">
         <v/>
       </c>
       <c r="AB11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC11" s="8">
         <v/>
       </c>
       <c r="AD11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE11" s="8">
         <v/>
       </c>
       <c r="AF11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG11" s="8">
         <v/>
       </c>
       <c r="AH11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI11" s="8">
         <v/>
       </c>
       <c r="AJ11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK11" s="8">
         <v/>
       </c>
       <c r="AL11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM11" s="8">
         <v/>
       </c>
       <c r="AN11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO11" s="8">
         <v/>
       </c>
       <c r="AP11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ11" s="8">
         <v/>
       </c>
       <c r="AR11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS11" s="8">
         <v/>
       </c>
       <c r="AT11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU11" s="8">
         <v/>
       </c>
       <c r="AV11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW11" s="8">
         <v/>
       </c>
       <c r="AX11" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY11" s="9">
         <v>0</v>
       </c>
       <c r="AZ11" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA11" s="9">
         <v>0</v>
       </c>
       <c r="BB11" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:54">
       <c r="A12" t="s" s="7">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s" s="7">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C12" s="8">
         <v>6805294</v>
       </c>
       <c r="D12" t="s" s="7">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E12" s="8">
         <v>1086828092</v>
       </c>
       <c r="F12" t="s" s="7">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G12" s="8">
         <v>6748636</v>
       </c>
       <c r="H12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I12" s="8">
         <v>1087096728</v>
       </c>
       <c r="J12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K12" s="8">
         <v>7517325</v>
       </c>
       <c r="L12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M12" s="8">
         <v>1206124631</v>
       </c>
       <c r="N12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O12" s="8">
         <v>7710989</v>
       </c>
       <c r="P12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q12" s="8">
         <v>1274203175</v>
       </c>
       <c r="R12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S12" s="8">
         <v>7978606</v>
       </c>
       <c r="T12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U12" s="8">
         <v>1355423427</v>
       </c>
       <c r="V12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W12" s="8">
         <v>7635181</v>
       </c>
       <c r="X12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y12" s="8">
         <v>1319317102</v>
       </c>
       <c r="Z12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA12" s="8">
-        <v/>
+        <v>7590251</v>
       </c>
       <c r="AB12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC12" s="8">
-        <v/>
+        <v>1346818346</v>
       </c>
       <c r="AD12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE12" s="8">
-        <v/>
+        <v>7233163</v>
       </c>
       <c r="AF12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG12" s="8">
-        <v/>
+        <v>1282398379</v>
       </c>
       <c r="AH12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI12" s="8">
-        <v/>
+        <v>7420003</v>
       </c>
       <c r="AJ12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK12" s="8">
-        <v/>
+        <v>1314089048</v>
       </c>
       <c r="AL12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM12" s="8">
         <v/>
       </c>
       <c r="AN12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO12" s="8">
         <v/>
       </c>
       <c r="AP12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ12" s="8">
         <v/>
       </c>
       <c r="AR12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS12" s="8">
         <v/>
       </c>
       <c r="AT12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU12" s="8">
         <v/>
       </c>
       <c r="AV12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW12" s="8">
         <v/>
       </c>
       <c r="AX12" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY12" s="9">
-        <v>44396031</v>
+        <v>66639448</v>
       </c>
       <c r="AZ12" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA12" s="9">
-        <v>7328993155</v>
+        <v>11272298928</v>
       </c>
       <c r="BB12" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" t="s" s="7">
         <v>29</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C13" s="8">
         <v>8016</v>
       </c>
       <c r="D13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E13" s="8">
         <v>758513</v>
       </c>
       <c r="F13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G13" s="8">
         <v>7686</v>
       </c>
       <c r="H13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I13" s="8">
         <v>749944</v>
       </c>
       <c r="J13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K13" s="8">
         <v>7837</v>
       </c>
       <c r="L13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M13" s="8">
         <v>761934</v>
       </c>
       <c r="N13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O13" s="8">
         <v>7542</v>
       </c>
       <c r="P13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q13" s="8">
         <v>739414</v>
       </c>
       <c r="R13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S13" s="8">
         <v>7923</v>
       </c>
       <c r="T13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U13" s="8">
         <v>739920</v>
       </c>
       <c r="V13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W13" s="8">
         <v>7790</v>
       </c>
       <c r="X13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y13" s="8">
         <v>738656</v>
       </c>
       <c r="Z13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA13" s="8">
-        <v/>
+        <v>8164</v>
       </c>
       <c r="AB13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC13" s="8">
-        <v/>
+        <v>798668</v>
       </c>
       <c r="AD13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE13" s="8">
-        <v/>
+        <v>7070</v>
       </c>
       <c r="AF13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG13" s="8">
-        <v/>
+        <v>735448</v>
       </c>
       <c r="AH13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI13" s="8">
-        <v/>
+        <v>8023</v>
       </c>
       <c r="AJ13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK13" s="8">
-        <v/>
+        <v>807117</v>
       </c>
       <c r="AL13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM13" s="8">
         <v/>
       </c>
       <c r="AN13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO13" s="8">
         <v/>
       </c>
       <c r="AP13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ13" s="8">
         <v/>
       </c>
       <c r="AR13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS13" s="8">
         <v/>
       </c>
       <c r="AT13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU13" s="8">
         <v/>
       </c>
       <c r="AV13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW13" s="8">
         <v/>
       </c>
       <c r="AX13" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY13" s="9">
-        <v>46794</v>
+        <v>70051</v>
       </c>
       <c r="AZ13" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA13" s="9">
-        <v>4488381</v>
+        <v>6829614</v>
       </c>
       <c r="BB13" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" t="s" s="7">
         <v>30</v>
       </c>
       <c r="B14" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C14" s="8">
         <v>40702</v>
       </c>
       <c r="D14" t="s" s="7">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E14" s="8">
         <v>5892268</v>
       </c>
       <c r="F14" t="s" s="7">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G14" s="8">
         <v>37859</v>
       </c>
       <c r="H14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I14" s="8">
         <v>5567204</v>
       </c>
       <c r="J14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K14" s="8">
         <v>39524</v>
       </c>
       <c r="L14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M14" s="8">
         <v>5917786</v>
       </c>
       <c r="N14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O14" s="8">
         <v>40171</v>
       </c>
       <c r="P14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q14" s="8">
         <v>6135848</v>
       </c>
       <c r="R14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S14" s="8">
         <v>41062</v>
       </c>
       <c r="T14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U14" s="8">
         <v>6039490</v>
       </c>
       <c r="V14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W14" s="8">
         <v>39362</v>
       </c>
       <c r="X14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y14" s="8">
         <v>5974069</v>
       </c>
       <c r="Z14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA14" s="8">
-        <v/>
+        <v>42881</v>
       </c>
       <c r="AB14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC14" s="8">
-        <v/>
+        <v>6317013</v>
       </c>
       <c r="AD14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE14" s="8">
-        <v/>
+        <v>36867</v>
       </c>
       <c r="AF14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG14" s="8">
-        <v/>
+        <v>5490815</v>
       </c>
       <c r="AH14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI14" s="8">
-        <v/>
+        <v>41501</v>
       </c>
       <c r="AJ14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK14" s="8">
-        <v/>
+        <v>6227903</v>
       </c>
       <c r="AL14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM14" s="8">
         <v/>
       </c>
       <c r="AN14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO14" s="8">
         <v/>
       </c>
       <c r="AP14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ14" s="8">
         <v/>
       </c>
       <c r="AR14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS14" s="8">
         <v/>
       </c>
       <c r="AT14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU14" s="8">
         <v/>
       </c>
       <c r="AV14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW14" s="8">
         <v/>
       </c>
       <c r="AX14" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY14" s="9">
-        <v>238680</v>
+        <v>359929</v>
       </c>
       <c r="AZ14" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA14" s="9">
-        <v>35526665</v>
+        <v>53562396</v>
       </c>
       <c r="BB14" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" t="s" s="7">
         <v>31</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C15" s="8">
         <v>10752</v>
       </c>
       <c r="D15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E15" s="8">
         <v>1225250</v>
       </c>
       <c r="F15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G15" s="8">
         <v>10704</v>
       </c>
       <c r="H15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I15" s="8">
         <v>1220510</v>
       </c>
       <c r="J15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K15" s="8">
         <v>11791</v>
       </c>
       <c r="L15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M15" s="8">
         <v>1281560</v>
       </c>
       <c r="N15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O15" s="8">
         <v>11989</v>
       </c>
       <c r="P15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q15" s="8">
         <v>1382930</v>
       </c>
       <c r="R15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S15" s="8">
         <v>12858</v>
       </c>
       <c r="T15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U15" s="8">
         <v>1552660</v>
       </c>
       <c r="V15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W15" s="8">
         <v>12500</v>
       </c>
       <c r="X15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y15" s="8">
         <v>1512340</v>
       </c>
       <c r="Z15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA15" s="8">
-        <v/>
+        <v>12307</v>
       </c>
       <c r="AB15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC15" s="8">
-        <v/>
+        <v>1532900</v>
       </c>
       <c r="AD15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE15" s="8">
-        <v/>
+        <v>11996</v>
       </c>
       <c r="AF15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG15" s="8">
-        <v/>
+        <v>1496240</v>
       </c>
       <c r="AH15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI15" s="8">
-        <v/>
+        <v>12568</v>
       </c>
       <c r="AJ15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK15" s="8">
-        <v/>
+        <v>1524630</v>
       </c>
       <c r="AL15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM15" s="8">
         <v/>
       </c>
       <c r="AN15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO15" s="8">
         <v/>
       </c>
       <c r="AP15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ15" s="8">
         <v/>
       </c>
       <c r="AR15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS15" s="8">
         <v/>
       </c>
       <c r="AT15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU15" s="8">
         <v/>
       </c>
       <c r="AV15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW15" s="8">
         <v/>
       </c>
       <c r="AX15" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY15" s="9">
-        <v>70594</v>
+        <v>107465</v>
       </c>
       <c r="AZ15" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA15" s="9">
-        <v>8175250</v>
+        <v>12729020</v>
       </c>
       <c r="BB15" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C16" s="8">
         <v/>
       </c>
       <c r="D16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E16" s="8">
         <v/>
       </c>
       <c r="F16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G16" s="8">
         <v/>
       </c>
       <c r="H16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I16" s="8">
         <v/>
       </c>
       <c r="J16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K16" s="8">
         <v/>
       </c>
       <c r="L16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M16" s="8">
         <v/>
       </c>
       <c r="N16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O16" s="8">
         <v/>
       </c>
       <c r="P16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q16" s="8">
         <v/>
       </c>
       <c r="R16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S16" s="8">
         <v/>
       </c>
       <c r="T16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U16" s="8">
         <v/>
       </c>
       <c r="V16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W16" s="8">
         <v/>
       </c>
       <c r="X16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y16" s="8">
         <v/>
       </c>
       <c r="Z16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA16" s="8">
         <v/>
       </c>
       <c r="AB16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC16" s="8">
         <v/>
       </c>
       <c r="AD16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE16" s="8">
         <v/>
       </c>
       <c r="AF16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG16" s="8">
         <v/>
       </c>
       <c r="AH16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI16" s="8">
         <v/>
       </c>
       <c r="AJ16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK16" s="8">
         <v/>
       </c>
       <c r="AL16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM16" s="8">
         <v/>
       </c>
       <c r="AN16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO16" s="8">
         <v/>
       </c>
       <c r="AP16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ16" s="8">
         <v/>
       </c>
       <c r="AR16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS16" s="8">
         <v/>
       </c>
       <c r="AT16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU16" s="8">
         <v/>
       </c>
       <c r="AV16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW16" s="8">
         <v/>
       </c>
       <c r="AX16" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY16" s="9">
         <v>0</v>
       </c>
       <c r="AZ16" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA16" s="9">
         <v>0</v>
       </c>
       <c r="BB16" t="s" s="10">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" t="s" s="11">
         <v>32</v>
       </c>
       <c r="B17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="12">
-        <v>7549252</v>
+        <v>7548264</v>
       </c>
       <c r="D17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E17" s="12">
-        <v>1945669741</v>
+        <v>1940138106</v>
       </c>
       <c r="F17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G17" s="12">
-        <v>7467758</v>
+        <v>7466815</v>
       </c>
       <c r="H17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I17" s="12">
-        <v>1973139017</v>
+        <v>1968246581</v>
       </c>
       <c r="J17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K17" s="12">
-        <v>8289833</v>
+        <v>8288772</v>
       </c>
       <c r="L17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M17" s="12">
-        <v>2209120071</v>
+        <v>2203599303</v>
       </c>
       <c r="N17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O17" s="12">
-        <v>8570091</v>
+        <v>8569055</v>
       </c>
       <c r="P17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q17" s="12">
-        <v>2254436194</v>
+        <v>2248853308</v>
       </c>
       <c r="R17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S17" s="12">
-        <v>8741735</v>
+        <v>8740689</v>
       </c>
       <c r="T17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="U17" s="12">
-        <v>2296196758</v>
+        <v>2290583441</v>
       </c>
       <c r="V17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="W17" s="12">
-        <v>8382773</v>
+        <v>8381749</v>
       </c>
       <c r="X17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Y17" s="12">
-        <v>2271043658</v>
+        <v>2265072990</v>
       </c>
       <c r="Z17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AA17" s="12">
-        <v/>
+        <v>8342463</v>
       </c>
       <c r="AB17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AC17" s="12">
-        <v/>
+        <v>2371572300</v>
       </c>
       <c r="AD17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AE17" s="12">
-        <v/>
+        <v>7908627</v>
       </c>
       <c r="AF17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AG17" s="12">
-        <v/>
+        <v>2067955746</v>
       </c>
       <c r="AH17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AI17" s="12">
-        <v/>
+        <v>8174956</v>
       </c>
       <c r="AJ17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AK17" s="12">
-        <v/>
+        <v>2315649498</v>
       </c>
       <c r="AL17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AM17" s="12">
         <v/>
       </c>
       <c r="AN17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AO17" s="12">
         <v/>
       </c>
       <c r="AP17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AQ17" s="12">
         <v/>
       </c>
       <c r="AR17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AS17" s="12">
         <v/>
       </c>
       <c r="AT17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AU17" s="12">
         <v/>
       </c>
       <c r="AV17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AW17" s="12">
         <v/>
       </c>
       <c r="AX17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AY17" s="12">
-        <v>49001442</v>
+        <v>73421390</v>
       </c>
       <c r="AZ17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="BA17" s="12">
-        <v>12949605439</v>
+        <v>19671671273</v>
       </c>
       <c r="BB17" t="s" s="11">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="S8:V8"/>
     <mergeCell ref="W8:Z8"/>
     <mergeCell ref="AA8:AD8"/>